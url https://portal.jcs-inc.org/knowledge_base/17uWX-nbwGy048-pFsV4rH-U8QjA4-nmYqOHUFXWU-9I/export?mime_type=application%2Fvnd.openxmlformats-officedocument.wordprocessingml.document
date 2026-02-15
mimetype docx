--- v0 (2025-10-13)
+++ v1 (2026-02-15)
@@ -1,213 +1,221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="4" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="1" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Subject: Uniform Complaint Policy and Procedures </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="4" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="1" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="4" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="1" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Effective Date:  December 17, 2004</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Approved By:  Board of Directors</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Policy:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -274,50 +282,51 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A complaint may also be filed alleging that a pupil enrolled in a public school was required to pay a pupil fee</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">for participation in an educational activity as those terms are defined below.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
@@ -345,50 +354,51 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">“Pupil fee” means a fee, deposit or other charge imposed on pupils, or a pupil’s parents or guardians, in violation of Section 49011 of the Education Code and Section 5 of Article IX of the California Constitution, which require educational activities to be provided free of charge to all pupils without regard to their families’ ability or willingness to pay fees or request special waivers, as provided for in </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Hartzell v. Connell </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1984) 35 Cal.3d 899. A pupil fee includes, but is not limited to, all of the following: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -684,56 +694,58 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS prohibits any form of retaliation against any complainant in the complaint process, including but not limited to a complainant’s filing of a complaint or the reporting of instances of unlawful discrimination, harassment, intimidation or bullying. Such participation shall not in any way affect the status, grades or work assignments of the complainant.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Compliance Officers</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -760,289 +772,313 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jennifer Cauzza</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Director</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1704 Cape Horn Drive, P.O. Box 2470</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Julian, CA 92036</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">760-765-5500 X101005  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jcauzza@juliancharterschool.org</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The Executive Director or designee shall ensure that employees designated to investigate complaints are knowledgeable about the laws and programs for which they are responsible.  Designated employees may have access to legal counsel as determined by the Executive Director or designee.</w:t>
@@ -1076,56 +1112,58 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Should a complaint be filed against the Executive Director, the compliance officer for that case shall be the President of the JCS Board of Directors.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Notifications</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1232,495 +1270,531 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...10 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A statement that JCS is primarily responsible for compliance with federal and state laws and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...10 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A statement that a pupil enrolled in a public school shall not be required to pay a pupil fee for participation in an educational activity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...10 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A statement identifying the responsible staff member, position, or unit designated to receive complaints. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...10 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A statement that the complainant has a right to appeal JCS 's decision to the CDE by filing a written appeal within 15 days of receiving JCS’s decision. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...10 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A statement advising the complainant of any civil law remedies that may be available under state or federal discrimination, harassment, intimidation or bullying laws, if applicable, and of the appeal pursuant to Education Code § 262.3.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="280" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...10 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A statement that copies of the local educational agency complaint procedures shall be available free of charge. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Procedures</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1775,69 +1849,71 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 1: Filing of Complaint</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Any individual, public agency, or organization may file a written complaint of alleged noncompliance by JCS. </w:t>
       </w:r>
@@ -1982,50 +2058,51 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 2: Mediation</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -2184,69 +2261,71 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 3: Investigation of Complaint</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The compliance officer is encouraged to hold an investigative meeting within five (5) days of receiving the complaint or an unsuccessful attempt to mediate the complaint.  This meeting shall provide an opportunity for the complainant and/or his/her representative to repeat the complaint orally.</w:t>
       </w:r>
@@ -2357,50 +2436,51 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 4: Response</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -2438,50 +2518,51 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 5:  Final Written Decision</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -3359,652 +3440,696 @@
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A complainant may pursue available civil law remedies outside of JCS’s complaint procedures.  Complainants may seek assistance from mediation centers or public/private interest attorneys.  Civil law remedies that may be imposed by a court include, but are not limited to, injunctions and restraining orders.  For unlawful discrimination, harassment, intimidation or bullying complaints arising under state law, however, a complainant must wait until sixty (60) days have elapsed from the filing of an appeal with the CDE before pursuing civil law remedies. The moratorium does not apply to injunctive relief and is applicable only if JCS has appropriately, and in a timely manner, apprised the complainant of his/her right to file a complaint in accordance with 5 CCR 4622.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:sectPr>
           <w:headerReference r:id="rId6" w:type="default"/>
           <w:footerReference r:id="rId7" w:type="default"/>
           <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
           <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
           <w:pgNumType w:start="1"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:cs="Times" w:eastAsia="Times" w:hAnsi="Times"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:cs="Times" w:eastAsia="Times" w:hAnsi="Times"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:cs="Times" w:eastAsia="Times" w:hAnsi="Times"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="1"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Uniform Complaint Procedure Form</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:cs="Times" w:eastAsia="Times" w:hAnsi="Times"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Las</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">t</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: __________________________________________ First Name/MI</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Student Name (if applicable): ___________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">___ Grade: _______ Date of Birth: ____________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Street Address/Apt. #: ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">City: _______________________________________________ State: _______________ Zip Code: ____________ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Home Phone: _____________________ Cell Phone: ______________________ Work Phone: _________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">School/Office of Alleged Violation: ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">For allegation(s) of noncompliance, please check the program or activity referred to in your complaint, if applicable:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="10185.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-108.0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
@@ -4030,1492 +4155,1623 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Adult Education</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  American Indian Education</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Child Development Programs</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Migrant Education</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Special Education</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Pupil Fees</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Bilingual Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  After School Education and Safety</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Consolidated Categorical Aid</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   Child Nutrition</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  No Child Left Behind Programs</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Every Student Succeeds Act Prog.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  State Preschool</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Local Control Funding Formula</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Agricultural Vocational Education</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Career/Technical Education</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   Foster/Homeless Youth</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Regional Occupational Programs</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Tobacco-Use Prevention Education</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Lactating Pupils</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"></w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Economic Impact Aid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">For allegation(s) of unlawful discrimination, harassment, intimidation or bullying, please check the basis of the unlawful discrimination, harassment, intimidation or bullying described in your complaint, if applicable:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="10152.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-108.0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
@@ -5543,833 +5799,897 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Age</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ancestry</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Color</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnic Group Identification</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Condition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="396" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Gender / Gender Expression / Gender Identity</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="396" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetic Information</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="396" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">National Origin</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="396" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Race or Ethnicity</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="396" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Religion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="342" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sex </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Actual or Perceived)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="342" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sexual Orientation </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Actual or Perceived)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="342" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Based on association with a person or group with one or more of these actual or perceived characteristics</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="342" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Marital Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
@@ -6419,1606 +6739,1736 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please give facts about the complaint.  Provide details such as the names of those involved, dates, whether witnesses were present, etc., that may be helpful to the complaint investigator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Have you discussed your complaint or brought your complaint to any JCS personnel?  If you have, to whom did you take the complaint, and what was the result?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide copies of any written documents that may be relevant or supportive of your complaint.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">I have attached supporting documents.  </w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"></w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes </w:t>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:cs="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"></w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature_______________________________________________________________Date: __________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mail complaint and any relevant documents to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jennifer Cauzza</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Director</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">P.O. Box 2470</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Julian, CA 92036</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">760-765-5500 X101005</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jcauzza@juliancharterschool.org</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
@@ -8073,317 +8523,339 @@
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Julian Charter School – Uniform Complaint Policy and Procedures </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Last revised June 9, 2017</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">8</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="left" w:leader="none" w:pos="6620"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9398,208 +9870,218 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr/>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>