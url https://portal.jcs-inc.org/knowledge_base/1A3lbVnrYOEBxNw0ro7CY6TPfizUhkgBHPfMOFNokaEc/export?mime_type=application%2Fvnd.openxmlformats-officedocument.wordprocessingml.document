--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -1,1386 +1,1502 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="204.22592639923096" w:lineRule="auto"/>
         <w:ind w:left="645" w:right="1440" w:hanging="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6600173" cy="1409998"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:docPr id="1" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6600173" cy="1409998"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">202</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-202</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORAL HEALTH NOTIFICATION LETTER </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="204.22592639923096" w:lineRule="auto"/>
         <w:ind w:left="645" w:right="1440" w:hanging="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(to accompany Oral Health Assessment/Waiver Request Form) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="305.858154296875" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="635.1599884033203" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear Parent or Guardian: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="305.858154296875" w:line="244.0425968170166" w:lineRule="auto"/>
         <w:ind w:left="616.6799926757812" w:right="223.062744140625" w:hanging="2.3999786376953125"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">To make sure your child is ready for school, California law, Education Code section 49452.8, now requires that your child have an oral health assessment (dental check-up) by May 31 in either kindergarten or 1st grade, whichever is your child’s first year in public school. Assessments that have happened within the 12 months before your child enters school also meet this requirement. The law specifies that the assessment must be done by a licensed dentist or other licensed or registered dental health professional. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="301.8157958984375" w:line="244.04305458068848" w:lineRule="auto"/>
         <w:ind w:left="616.6799926757812" w:right="128.221435546875" w:hanging="2.1600341796875"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Take the attached Oral Health Assessment/Waiver Request form to the dental office, as it will be needed for your child’s check-up. If you cannot take your child for this required assessment, please indicate the reason for this in Section 3 of the form. You can get more copies of the necessary form at your child’s school or online from the California Department of Education’s Web site at </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">http://www.cde.ca.gov/ls/he/hn/.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> California law requires schools to maintain the privacy of students’ health information. Your child’s identity will not be associated with any report produced as a result of this requirement. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="301.815185546875" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="616.6799926757812" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The following resources will help you find a dentist and complete this requirement for your child: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="305.8551025390625" w:line="244.04348373413086" w:lineRule="auto"/>
         <w:ind w:left="1345.5599975585938" w:right="443.49365234375" w:hanging="350.1599884033203"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Medi-Cal/Denti-Cal’s toll-free number or website can help you to find a dentist who takes Denti-Cal: 1-800-322-6384; </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">http://www.denti-cal.ca.gov</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. For help enrolling your child in Medi-Cal/Denti-Cal, contact your local social service agency. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="301.81396484375" w:line="244.04271125793457" w:lineRule="auto"/>
         <w:ind w:left="1350.5999755859375" w:right="158.798828125" w:hanging="362.1599578857422"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Healthy Families’ toll-free number or website can help you to find a dentist who takes Healthy Families insurance or to find out if your child can enroll in the program: 1-800-880-5305 or </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="8.8470458984375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1353.0000305175781" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">http://www.benefitscal.com/.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="305.85601806640625" w:line="244.04399871826172" w:lineRule="auto"/>
         <w:ind w:left="1355.1600646972656" w:right="700.31494140625" w:hanging="368.16009521484375"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3. For additional resources that may be helpful, contact your local public health care department or </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dental </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Health Initiative – San Diego at 619-692-8858. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="301.81396484375" w:line="244.04248237609863" w:lineRule="auto"/>
         <w:ind w:left="630.5999755859375" w:right="1040.172119140625" w:firstLine="4.5600128173828125"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Remember, your child is not healthy and ready for school if your child has poor dental health! Here is important advice to help your child stay healthy: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="301.8157958984375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1175.8799743652344" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">● </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Take your child to the dentist twice a year. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="305.85693359375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="885.748291015625" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">● </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Choose healthy foods for the entire family. Fresh foods are usually the healthiest foods.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1175.8799743652344" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">● </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Brush teeth at least twice a day with toothpaste that contains fluoride. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="305.85693359375" w:line="244.04296875" w:lineRule="auto"/>
         <w:ind w:left="1521.2399291992188" w:right="321.597900390625" w:hanging="345.3599548339844"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">● </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Limit candy and sweet drinks, such as punch or soda. Sweet drinks and candy contain a lot of sugar, which causes cavities and replaces important nutrients in your child’s diet. Sweet drinks and candy also contribute to weight problems, which may lead to other diseases, such as diabetes. The less candy and sweet drinks, the better! </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="301.81396484375" w:line="244.04296875" w:lineRule="auto"/>
         <w:ind w:left="618.8400268554688" w:right="266.7578125" w:firstLine="16.319961547851562"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Baby teeth are very important. They are not just teeth that will fall out. Children need their teeth to eat properly, talk, smile, and feel good about themselves. Children with cavities may have difficulty eating, stop smiling, and have problems paying attention and learning at school. Tooth decay is an infection that does not heal and can be painful if left without treatment. If cavities are not treated, children can become sick enough to require emergency room treatment, and their adult teeth may be permanently damaged. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="301.81396484375" w:line="244.04296875" w:lineRule="auto"/>
         <w:ind w:left="625.8000183105469" w:right="321.11083984375" w:firstLine="9.359970092773438"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Many things influence a child’s progress and success in school, including health. Children must be healthy to learn, and children with cavities are not healthy. Cavities are preventable, but they affect more children than any other chronic disease. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="301.812744140625" w:line="244.04500007629395" w:lineRule="auto"/>
         <w:ind w:left="633.0000305175781" w:right="888.03955078125" w:firstLine="2.1599578857421875"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have questions about the new oral health assessment requirement, please contact your school's principal. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="301.8121337890625" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="623.3999633789062" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sincerely, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="745.31005859375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="615.7199859619141" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jennifer Cauzza </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="12.88818359375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="635.1599884033203" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Director </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="12.890625" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="615.7199859619141" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
@@ -1467,218 +1583,236 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="204.34335708618164" w:lineRule="auto"/>
         <w:ind w:left="645" w:right="1440" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">202</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-202</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORAL HEALTH ASSESSMENT FORM </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="300.340576171875" w:line="244.04296875" w:lineRule="auto"/>
         <w:ind w:left="621.9999694824219" w:right="196.004638671875" w:firstLine="2.400054931640625"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">California law (Education Code section 49452.8) states your child must have a dental check-up by May 31 of his/her first year in public school. A California licensed dental professional operating within his scope of practice must perform the check-up and fill out Section 2 of this form. If your child had a dental check-up in the 12 months before he/she started school, ask your dentist to fill out Section 2. If you are unable to get a dental check-up for your child, fill out Section 3. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="251.512451171875" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="621.2000274658203" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 1: Child’s Information (Filled out by parent or guardian) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="10580.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="705.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
@@ -1714,188 +1848,200 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144.4000244140625" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Child’s First Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Last Name: Middle Initial: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="154.4000244140625" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Child’s birth date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="520" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -1905,127 +2051,135 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="138.39996337890625" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Address: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="148.4002685546875" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Apt.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="500.0006103515625" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -2035,127 +2189,135 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144.4000244140625" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">City: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="150.8001708984375" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ZIP code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="499.9993896484375" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -2164,288 +2326,310 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141.99996948242188" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">School Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="146.3995361328125" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Teacher: Grade: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="154.4000244140625" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Child’s Sex: </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="10.7403564453125" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="159.1998291015625" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Male </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="980" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -2454,690 +2638,752 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="151.8000030517578" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Parent/Guardian Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="154.3994140625" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Child’s race/ethnicity: </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="10.7421875" w:line="244.04233932495117" w:lineRule="auto"/>
               <w:ind w:left="159.19952392578125" w:right="1383.7420654296875" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">White </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Black/African American </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Hispanic/Latino </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Asian </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Native American </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Multi-racial </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Other___________ </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="7.3712158203125" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="159.19952392578125" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Native Hawaiian/Pacific Islander </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Unknown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="621.2000274658203" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 2: Oral Health Data Collection (Filled out by a California licensed dental professional) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="10.73974609375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="628.7999725341797" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">IMPORTANT NOTE: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Consider each box separately. Mark each box. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="10900.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="545.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
@@ -3173,831 +3419,901 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="148.39996337890625" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="10.73974609375" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="161.8000030517578" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Caries Experience </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="10.73974609375" w:line="244.04176712036133" w:lineRule="auto"/>
               <w:ind w:left="253.25729370117188" w:right="213.55682373046875" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Visible decay and/or fillings present) </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="251.513671875" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="149.19998168945312" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="234.967041015625" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Visible Decay </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1636.4004516601562" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Treatment Urgency: </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="10.73974609375" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="446.23870849609375" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Present: </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1649.2001342773438" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">No obvious problem found </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="10.7391357421875" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="324.520263671875" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Early dental care recommended (caries without pain or infection; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="10.7421875" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="852.12890625" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">or child would benefit from sealants or further evaluation) </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="10.7391357421875" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="149.200439453125" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="210.29052734375" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Urgent care needed (pain, infection, swelling or soft tissue lesions)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="979.9993896484375" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -4007,904 +4323,981 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="150.80001831054688" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19.999996185302734"/>
                 <w:szCs w:val="19.999996185302734"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Licensed Dental Professional Signature CA License Number Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="621.2000274658203" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 3: Waiver of Oral Health Assessment Requirement </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="10.73974609375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="616.2000274658203" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">To be filled out by parent or guardian asking to be excused from this requirement </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="254.8822021484375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="631.8000030517578" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please excuse my child from the dental check-up because: (Check the box that best describes the reason) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="254.8797607421875" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1349.1999816894531" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I am unable to find a dental office that will take my child’s dental insurance plan. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="10.74249267578125" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1668.1808471679688" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">My child’s dental insurance plan is: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="254.88006591796875" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1665.5809020996094" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Medi-Cal/Denti-Cal </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Healthy Families </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Healthy Kids </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Other __________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">None </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="254.88189697265625" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1349.1999816894531" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I cannot afford a dental check-up for my child. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="254.8809814453125" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1349.1999816894531" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I do not want my child to receive a dental check-up. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="254.88128662109375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1344.6000671386719" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Optional: other reasons my child could not get a dental check-up:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="244.04176712036133" w:lineRule="auto"/>
         <w:ind w:left="5703.3538818359375" w:right="1614.55322265625" w:hanging="5074.5538330078125"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If asking to be excused from this requirement: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">►</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________________ Signature of parent or guardian Date </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="60.443115234375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="628.7999725341797" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
         <w:tblW w:w="10816.20002746582" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="628.7999725341797" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -4968,395 +5361,419 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="60.443115234375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="628.7999725341797" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="60.443115234375" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="628.7999725341797" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Return this form to the school </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">no later than </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">May 31 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">of your child’s first school year. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="10.740966796875" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="626.2000274658203" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19.999996185302734"/>
           <w:szCs w:val="19.999996185302734"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Original to be kept in child’s school record.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1155.703125" w:top="712.96875" w:left="105" w:right="690" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Calibri"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>