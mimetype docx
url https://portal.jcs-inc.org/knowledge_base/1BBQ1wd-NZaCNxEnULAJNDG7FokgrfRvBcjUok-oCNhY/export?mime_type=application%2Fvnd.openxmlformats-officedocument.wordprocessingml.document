--- v0 (2025-11-03)
+++ v1 (2025-12-15)
@@ -15,87 +15,90 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_r71e37olx2h7" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">JCS-Manzanita Charter School Complaint Form</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_t7y8rbo7kei8" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Complaint Procedures: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In order to submit a complaint, complete the Charter School Complaint Form and submit the form to the charter school authorizer, electronically or in hard copy, to the following location:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
@@ -272,58 +275,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:before="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="108" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Information for Parents:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please review the information on the Charter School Complaint Notice web page at </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000ff"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cde.ca.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
@@ -361,50 +366,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr>
           <w:headerReference r:id="rId9" w:type="default"/>
           <w:headerReference r:id="rId10" w:type="first"/>
           <w:footerReference r:id="rId11" w:type="first"/>
           <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
           <w:pgMar w:bottom="720" w:top="720" w:left="720" w:right="720" w:header="720" w:footer="720"/>
           <w:pgNumType w:start="1"/>
           <w:titlePg w:val="1"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="10800.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
@@ -880,50 +886,51 @@
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Charter School (include address):</w:t>
       </w:r>
@@ -1052,248 +1059,251 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="69" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">California </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Education Code </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EC</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">) Section 47605(d)(4) allows a parent or guardian to submit a complaint to the charter school authorizer when a charter school discourages a pupil's enrollment, requires records before enrollment, or encourages a pupil to disenroll. Please identify the basis for this complaint below, with specific facts, which support your complaint.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="69" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="62" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Basis of complaint </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(check all that apply):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="316" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="127000" cy="127000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image2.png"/>
+            <wp:docPr id="4" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="127000" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">   Pupil was discouraged from enrolling or seeking to enroll in the charter school.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="316" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="127000" cy="127000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image2.png"/>
+            <wp:docPr id="2" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="127000" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">   Records were requested to be submitted to the charter school before enrollment.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="316" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="127000" cy="127000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="3" name="image2.png"/>
+            <wp:docPr id="3" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="127000" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1890,50 +1900,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:before="195" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_o9lkxwt5msip" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please file this complaint with the authorizer of the charter school listed on the preceding page electronically or in hard copy.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="nextPage"/>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="720" w:top="720" w:left="720" w:right="720" w:header="720" w:footer="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
@@ -1953,90 +1964,91 @@
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
     <w:pPr>
       <w:pStyle w:val="Heading2"/>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:before="42" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="30"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_3emdiffuiz4w" w:id="3"/>
     <w:bookmarkEnd w:id="3"/>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Charter School Complaint Form</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="108" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="6261847" cy="1330643"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="1" name="image1.png"/>
+          <wp:docPr id="1" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6261847" cy="1330643"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -2099,183 +2111,187 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charters@cde.ca.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.ca.gov/sp/ch/cscomplaint.asp" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.ca.gov/sp/ch/cscomplaint.asp" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charters@cde.ca.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.ca.gov/sp/ch/cscomplaint.asp" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.ca.gov/sp/ch/cscomplaint.asp" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>