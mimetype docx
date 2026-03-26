--- v1 (2025-12-15)
+++ v2 (2026-03-26)
@@ -1146,164 +1146,164 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(check all that apply):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="316" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="127000" cy="127000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image1.png"/>
+            <wp:docPr id="4" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="127000" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">   Pupil was discouraged from enrolling or seeking to enroll in the charter school.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="316" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="127000" cy="127000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image1.png"/>
+            <wp:docPr id="2" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="127000" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">   Records were requested to be submitted to the charter school before enrollment.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="316" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="127000" cy="127000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="3" name="image1.png"/>
+            <wp:docPr id="3" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="127000" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1999,56 +1999,56 @@
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="108" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="6261847" cy="1330643"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="1" name="image2.png"/>
+          <wp:docPr id="1" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6261847" cy="1330643"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -2243,55 +2243,55 @@
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charters@cde.ca.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.ca.gov/sp/ch/cscomplaint.asp" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.ca.gov/sp/ch/cscomplaint.asp" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charters@cde.ca.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.ca.gov/sp/ch/cscomplaint.asp" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.ca.gov/sp/ch/cscomplaint.asp" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>