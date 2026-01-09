--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -18,57 +18,59 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Request to Waive Liability Insurance</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
         <w:tab/>
         <w:tab/>
@@ -89,76 +91,78 @@
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I, ______________________________, representing ___________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="200" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(name)</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">(name of business or company)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -379,148 +383,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>