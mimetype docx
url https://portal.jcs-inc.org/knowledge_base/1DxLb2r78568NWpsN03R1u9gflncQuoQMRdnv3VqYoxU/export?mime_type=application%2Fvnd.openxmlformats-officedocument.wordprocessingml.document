--- v0 (2025-11-05)
+++ v1 (2026-01-08)
@@ -16,133 +16,137 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Impact" w:cs="Impact" w:eastAsia="Impact" w:hAnsi="Impact"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="19050" distT="19050" distL="19050" distR="19050">
             <wp:extent cx="2005013" cy="2650036"/>
             <wp:effectExtent b="12700" l="12700" r="12700" t="12700"/>
-            <wp:docPr id="4" name="image3.png"/>
+            <wp:docPr id="10" name="image11.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image11.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="0" l="5147" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2005013" cy="2650036"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln w="12700">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0c343d"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0c343d"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">REGISTRATION INSTRUCTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -193,67 +197,68 @@
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Table of Contents</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="826403602"/>
+        <w:id w:val="739109769"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique w:val="1"/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="none" w:pos="10080"/>
             </w:tabs>
             <w:spacing w:before="80" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:firstLine="0"/>
             <w:rPr>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="0c343d"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:fldChar w:fldCharType="begin"/>
             <w:instrText xml:space="preserve"> TOC \h \u \z \t "Heading 1,1,Heading 2,2,Heading 3,3,Heading 4,4,Heading 5,5,Heading 6,6,"</w:instrText>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:tbl>
           <w:tblPr>
             <w:tblStyle w:val="Table1"/>
             <w:tblW w:w="10095.0" w:type="dxa"/>
             <w:jc w:val="left"/>
             <w:tblBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
@@ -605,51 +610,51 @@
                     <w:top w:space="0" w:sz="0" w:val="nil"/>
                     <w:left w:space="0" w:sz="0" w:val="nil"/>
                     <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                     <w:right w:space="0" w:sz="0" w:val="nil"/>
                     <w:between w:space="0" w:sz="0" w:val="nil"/>
                   </w:pBdr>
                   <w:shd w:fill="auto" w:val="clear"/>
                   <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
                   <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                   <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                     <w:color w:val="0c343d"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                     <w:color w:val="0c343d"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                     <w:rtl w:val="0"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">5</w:t>
+                  <w:t xml:space="preserve">10</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:trPr>
               <w:cantSplit w:val="0"/>
               <w:tblHeader w:val="0"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
                 <w:tcBorders>
                   <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
                   <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
                   <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
                   <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
                 </w:tcBorders>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:tcMar>
                   <w:top w:w="100.0" w:type="dxa"/>
                   <w:left w:w="100.0" w:type="dxa"/>
                   <w:bottom w:w="100.0" w:type="dxa"/>
                   <w:right w:w="100.0" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="top"/>
@@ -725,51 +730,51 @@
                     <w:top w:space="0" w:sz="0" w:val="nil"/>
                     <w:left w:space="0" w:sz="0" w:val="nil"/>
                     <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                     <w:right w:space="0" w:sz="0" w:val="nil"/>
                     <w:between w:space="0" w:sz="0" w:val="nil"/>
                   </w:pBdr>
                   <w:shd w:fill="auto" w:val="clear"/>
                   <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
                   <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                   <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                     <w:color w:val="0c343d"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                     <w:color w:val="0c343d"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                     <w:rtl w:val="0"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">7</w:t>
+                  <w:t xml:space="preserve">11</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="none" w:pos="10080"/>
             </w:tabs>
             <w:spacing w:after="80" w:before="200" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="0c343d"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -982,188 +987,197 @@
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="58.8" w:line="192.00000000000003" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="29.4"/>
           <w:szCs w:val="29.4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Returning or Continuing Students</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you are a returning or continuing family, you will receive an email letting you know it is time to review REG-Online. You do not need to complete the REG-Online annually unless you have moved to a new address or need to update your contact information.</w:t>
+        <w:t xml:space="preserve">If you are a returning or continuing family, you will receive an email letting you know it is time to review REG-Online. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">New Students</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have a student who is not yet in the system, call Admissions to initiate enrollment:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">760-705-4JCS (4527) or email </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">admissions@jcs-inc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -1180,407 +1194,418 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Registrars</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> will enter your child(ren) into the system, and you will receive an email at the address you provided. Be sure to check your junk/SPAM folder for an email from your JCS school.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Documents Needed for New Student Enrollment</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are enrolling a</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">student</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> with JCS-Inc., y</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ou will need the following documents in order to complete this process. You may scan the documents, or you can take a photo with your cell phone, and upload it. If you do not have a scanner or the ability to upload documents, please email </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">registrars@jcs-inc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Birth record </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Documentation of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">your student's age </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(new students only)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> such as birth certificate, baptismal record, passport, etc. You will need to upload each document individually.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Immunization Record </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">U</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">pload a record of all immunizations received, including Tdap for 7th grade students. If your child is missing doses, contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">registrars@jcs-inc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Proof of Residence</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Upload a mortgage statement, rental agreement or a utility bill showing the Service Address - one per family - if you have students in separate schools, you will need to upload to each school.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1st Grade Health and Dental Form</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - First grade students only. Forms can be found in Reg-Online/application/student documents.</w:t>
+        <w:t xml:space="preserve"> - First grade students only. Forms can be found in Reg-Online/students/student documents.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Transcript</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - For high school students</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> only.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Custody/Guardian paperwork (if applicable)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Suspension and expulsion reports (if applicable)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -1595,82 +1620,86 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note: We recommend that you use a computer for this process - cell phones and tablets may have limited access. If you do not have access to a computer with internet access, please email </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:i w:val="1"/>
+            <w:iCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">registrars@jcs-inc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -1802,3020 +1831,4841 @@
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="gawbu5an02fo" w:id="2"/>
           <w:bookmarkEnd w:id="2"/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0b5394"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_e7qoug2giss8" w:id="3"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="0b5394"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">New Student Registration</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="58.8" w:line="192.00000000000003" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Login to REG-Online by clicking on the link provided in the email and creating your password.</w:t>
+        <w:t xml:space="preserve">Login to REG-Online by clicking on the link provided in the email and create an account using your Email, Household Last Name and Phone Number.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Your username will be your primary email address.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="cc0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...116 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Also, use this page, if an account has already been created to log in and finish an application. </w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
-            <wp:extent cx="4748975" cy="1223963"/>
-[...1 lines deleted...]
-            <wp:docPr id="1" name="image4.png"/>
+            <wp:extent cx="5778500" cy="2946400"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-09 at 3.43.53 PM" id="5" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.png"/>
+                    <pic:cNvPr descr="Screenshot 2025-10-09 at 3.43.53 PM" id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
-                    <a:srcRect b="12790" l="0" r="13244" t="0"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4748975" cy="1223963"/>
+                      <a:ext cx="5778500" cy="2946400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
-                    <a:ln w="12700">
-[...4 lines deleted...]
-                    </a:ln>
+                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...14 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Fill out all of your Primary Contact information then 'Save Household info.'</w:t>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Welcome to your new Reg Online portal. Start by </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selecting the Begin</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab and begin in the Household Information tab. </w:t>
         <w:br w:type="textWrapping"/>
-      </w:r>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Upload Required Documents (Proof of residence). Browse for file, then click 'Upload Selected File.'</w:t>
+        <w:t xml:space="preserve">  </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
-    </w:p>
-[...121 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
-            <wp:extent cx="3048000" cy="1080217"/>
-[...1 lines deleted...]
-            <wp:docPr id="3" name="image1.png"/>
+            <wp:extent cx="5765800" cy="3098800"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-02 at 1.18.39 PM" id="2" name="image12.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr descr="Screenshot 2025-10-02 at 1.18.39 PM" id="0" name="image12.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3048000" cy="1080217"/>
+                      <a:ext cx="5765800" cy="3098800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
-                    <a:ln w="12700">
-[...4 lines deleted...]
-                    </a:ln>
+                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+      <w:pPr>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:pict>
+          <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_eoqut8y9uwa7" w:id="4"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Household Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Select the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Update Household Information</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab to begin. </w:t>
+        <w:br w:type="textWrapping"/>
+        <w:t xml:space="preserve">    </w:t>
+        <w:br w:type="textWrapping"/>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="3352800" cy="1879600"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-02 at 1.27.14 PM" id="11" name="image5.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Screenshot 2025-10-02 at 1.27.14 PM" id="0" name="image5.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3352800" cy="1879600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+      <w:pPr>
+        <w:shd w:fill="e5f8f6" w:val="clear"/>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inside the Household Information, there are three Hubs: </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Basic Information, Household Documents and Household Survey.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete these hubs, along with the required information with a red asterisk applied to the question.                      </w:t>
+        <w:br w:type="textWrapping"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="5702300" cy="2184400"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-02 at 1.34.55 PM" id="1" name="image9.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Screenshot 2025-10-02 at 1.34.55 PM" id="0" name="image9.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5702300" cy="2184400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+      <w:pPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+      <w:pPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
-        <w:pageBreakBefore w:val="0"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
-        <w:pageBreakBefore w:val="0"/>
-[...42 lines deleted...]
-      </w:r>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
-        <w:pageBreakBefore w:val="0"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To move onto the next selection, you may select the Home button on top to return (1) or the Household Hub on the left using (2 or 3). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_bnsukoutxzf1" w:id="5"/>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="5588000" cy="2133600"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-02 at 1.36.45 PM" id="7" name="image4.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Screenshot 2025-10-02 at 1.36.45 PM" id="0" name="image4.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5588000" cy="2133600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Household Documents</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:before="280" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xbio2s1bo0a2" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 'Upload Documents' </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and upload a recent utility bill that shows the 'property or service address' ( ie. gas and electric bill, whole front page of statement, not coupon for mail)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:before="280" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xbio2s1bo0a2" w:id="5"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If proof of residence isn't in a guardian's name, complete the</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Shared Residence Affidavit </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and upload it along with a bill in their name.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:before="280" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_f04466lqs7tq" w:id="6"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Save and continue to Guardians:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+      <w:pPr>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+      <w:pPr>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:pict>
+          <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_v7gfuusay8ch" w:id="7"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardians </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using one of the following methods as described or by using the Save and Continue to Guardians button at the end of the Household survey, go into the Guardians Hub.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Select Add a Guardian in the right hand corner. This Hub will compose of :  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2200" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Basic Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2200" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2200" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contact Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2200" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Work Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="600" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2200" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Education &amp; Military Status </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+      <w:pPr>
+        <w:shd w:fill="e5f8f6" w:val="clear"/>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Some of these fields and hubs may be optional and those with the red asterisk are required but it is best to fill out all information for optimal accuracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+      <w:pPr>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="5842000" cy="3035300"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-02 at 4.19.20 PM" id="6" name="image7.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Screenshot 2025-10-02 at 4.19.20 PM" id="0" name="image7.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5842000" cy="3035300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+      <w:pPr>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please ensure all information is accurate and correct. Sections such as contact information and address will be used for communication and more. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can add more than one Guardian on the Guardian Hub and select who is the Primary Guardian. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To continue onto the Students section, you may use one of the three ways described or can you use the Save and Continue to Students button on the Education &amp; Military Status page. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+      <w:pPr>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:pict>
+          <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_wv2xkm1s6le4" w:id="8"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Navigate to the Students Hub. Select Add a Student in the right hand corner. If one has already been created, select the student under Active Registration. </w:t>
+        <w:br w:type="textWrapping"/>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="5181600" cy="1778000"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-02 at 5.30.49 PM" id="4" name="image8.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Screenshot 2025-10-02 at 5.30.49 PM" id="0" name="image8.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5181600" cy="1778000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+      <w:pPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+      <w:pPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Students Hub consists of the following fields  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supplemental Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enrollment History</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian Authorization</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Emergency Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sibling Data </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Immunization Information </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student Documents  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="380"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Choose the correct Registration window and Grade level when adding your student (s). </w:t>
+        <w:br w:type="textWrapping"/>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="5537200" cy="2463800"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-09 at 3.22.54 PM" id="3" name="image2.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Screenshot 2025-10-09 at 3.22.54 PM" id="0" name="image2.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5537200" cy="2463800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...38 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_uymngdylsisc" w:id="9"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter all student information required (indicated with red asterisks) in the Student Record</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:before="280" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_cmcai2ksf7it" w:id="10"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student Documents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...41 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="280" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_nkw8sgt6l8hc" w:id="11"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Read, Sign and Save all of the documents </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...23 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_kpnvhqujjcra" w:id="12"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upload all required documents (Birth Certificate, Immunization Record, etc)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete all of the Hubs for the student. Then you may add another student on the Student Hub. </w:t>
+        <w:br w:type="textWrapping"/>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="5435600" cy="1625600"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-09 at 3.28.10 PM" id="12" name="image3.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Screenshot 2025-10-09 at 3.28.10 PM" id="0" name="image3.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5435600" cy="1625600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+      <w:pPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="340" w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+      <w:pPr>
+        <w:shd w:fill="e5f8f6" w:val="clear"/>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note some of these fields are optional but may be required for your specific school and it is imperative you fill and supply as much information as possible. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+      <w:pPr>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-        <w:rPr>
-[...40 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+        <w:pict>
+          <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_m8x4sabshdi" w:id="13"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Home Page</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your Homepage will consist of the modules and show what is complete and incomplete.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+      <w:pPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="340" w:line="335.99999999999994" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+      <w:pPr>
+        <w:spacing w:line="335.99999999999994" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...53 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="5803900" cy="4076700"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-06 at 8.05.59 PM" id="8" name="image6.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Screenshot 2025-10-06 at 8.05.59 PM" id="0" name="image6.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5803900" cy="4076700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">If there are any items missing, you will get an error message asking you to scroll back up and fill in any item highlighted in red. </w:t>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="300" w:before="300" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1100" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are several ways to navigate to your home-page while in the different sections and hubs. The simplest way would be using the Home field always located at the top of your Hub.</w:t>
         <w:br w:type="textWrapping"/>
-      </w:r>
-[...174 lines deleted...]
-          <w:b w:val="1"/>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="3187700" cy="1066800"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr descr="Screenshot 2025-10-06 at 8.11.33 PM" id="13" name="image13.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr descr="Screenshot 2025-10-06 at 8.11.33 PM" id="0" name="image13.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3187700" cy="1066800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="80"/>
           <w:szCs w:val="80"/>
           <w:highlight w:val="darkBlue"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Finish</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Scroll back to the top of your screen and click </w:t>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+        <w:t xml:space="preserve">Scroll back to the bottom of your screen and click </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Finish</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  If there is a yellow alert box, please see what is missing in REG-Online.</w:t>
+        <w:t xml:space="preserve">.  If there is an alert box, as shown below, please check for what is missing/ indicated as Incomplete in the Hub.</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="6858000" cy="1981200"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="9" name="image10.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image10.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6858000" cy="1981200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">registrars@jcs-inc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> if you have a student registration that you would like to delete from the REG-Online system.</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="360" w:hanging="360"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:line="192.00000000000003" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="222222"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
-[...18 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+    <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="kix.7nu728yiiwho" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_46mn4vos40bw" w:id="8"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_46mn4vos40bw" w:id="15"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Continuing Student Registration</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
-        </w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">You must RESAVE each section for registration to be complete for next school year!</w:t>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must REVIEW &amp; SAVE each section (Household Information, Guardians &amp; Students) for registration to be complete for next school year!</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">If you have students in two different JCS-Inc. schools, you will be receiving two emails to complete the Reg Online in each school. You will need to use the links in </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">each email </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">to go to each school and complete the Reg Online.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Login for Continuing Students</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
-[...90 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:rtl w:val="0"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="22"/>
-[...84 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An email will be generated and sent to you with the link to complete the REG-Online. Click on the link.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Review and</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+        <w:t xml:space="preserve">Your username is your primary email account.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">If there are any items missing, you will get an error message asking you to scroll back up and fill in any item highlighted in red.  </w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+        <w:t xml:space="preserve">Click on the blue REG-Online link (top/right of page).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-          <w:b w:val="1"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Household Information</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hub</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-          <w:b w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review and</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="ff0000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">each</w:t>
-[...120 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t xml:space="preserve">SAVE</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Household information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Click on Application at the top of the page.</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+        <w:t xml:space="preserve">Check for any sections indicated as “Incomplete” and go back to complete those sections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="cc0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have a change of address, please upload a recent utility bill</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in ‘Upload Required Documents’ (add another file, then upload selected file) and update your address in the Household and Student Record(s). Otherwise, we will not need another proof of residence uploaded every year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-        </w:rPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Navigate to the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hub</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="cc0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">each</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Guardian’s name and Review and </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="cc0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SAVE</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> each record.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-        </w:rPr>
-[...43 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Check for any sections indicated as “Incomplete” and go back to complete those sections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Navigate to</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Students</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hub</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review and update any information as needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review, Sign and Save</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of the documents. The documents need to be reviewed, signed and saved annually for all students.  If you have more than one student, you will need to navigate to each of your students in the Hub and review, sign and save the documents for each of them.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review the documents that need to be uploaded.  Scan the documents to your computer, and save them where you can easily retrieve them to upload. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="cc0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First graders need the Health and Dental</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">forms uploaded. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Upload any updated Immunization records if applicable. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTE: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7th graders need proof of TDAP</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">For immunization requirements, review these links: </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId24">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Immunization requirements</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId25">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Medical Exemptions FAQs</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Repeat these steps for each student you are re-enrolling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="128" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="128" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="128" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="0b5394"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_1xuf2ah3k0zn" w:id="16"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="0b5394"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finish</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
-[...61 lines deleted...]
-          <w:numId w:val="5"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Scroll back to the top of your screen and click </w:t>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+        <w:t xml:space="preserve">Scroll to the bottom of your screen and click </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Finish</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">If there is a yellow alert box, please see what is missing in the Reg Online. Please email </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId18">
+        <w:t xml:space="preserve">If there is a red alert box, please go back and check to see what is missing/indicated as “Incomplete” and complete and save the missing information. Please email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">registrars@jcs-inc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> if you have a student registration that you would like to delete from the REG-Online system.</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">If there is no alert message, Click on the red circle with the X to print the CONFIRMATION for each student. </w:t>
+        <w:t xml:space="preserve">If there is no alert message, Click on Finish to review the CONFIRMATION for each student. </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Read the confirmation and save for your files.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
-[...168 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="kix.ojbnitcrsqf6" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:rPr/>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xsbw9g5k7vta" w:id="10"/>
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_k34db3izs47" w:id="18"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Getting Started with JCS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
-[...17 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">After you have completed registration, you will hear from an Educational Facilitator or Academy. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
-[...25 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you complete registration during the months of June or July, you can expect to hear from your Academy or EF during the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">first week of August</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
-[...16 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
+      <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Once your EF or Academy contacts you, you will set up a meeting to review curriculum options, schedule appointments, sign the Written Learning Agreement, and discuss your program.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
-[...25 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Home study</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">When planning the semester, and school year, the parent and EF need to discuss the student’s goals and instructional needs, including learning center sessions or online courses and possible Educational Enrichment Provider instruction. The EF will place requests for educational materials that are appropriate for the student’s personalized learning plan within a few days of the initial meeting. Because we are a public school, all items requested must be non-sectarian in nature. In the meantime, please familiarize yourself with the Parent Handbook: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:shd w:fill="fffffa" w:val="clear"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Parent Handbook (Home Study) - TK-12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
           <w:shd w:fill="fffffa" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
-[...15 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
+      <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have questions, not related to registration prior to August, please email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">admissions@jcs-inc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and one of our staff members will get back to you within 2 business days.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
-[...1 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
+      <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
-[...1 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
-[...1 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0b5394"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Thank you for choosing JCS-Inc.  </w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">We look forward to working with you and your child(ren).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
-[...1 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
-[...1 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="cc0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xsbw9g5k7vta" w:id="19"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
     <w:sectPr>
-      <w:footerReference r:id="rId21" w:type="default"/>
+      <w:footerReference r:id="rId29" w:type="default"/>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="720" w:top="720" w:left="720" w:right="720" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Cambria"/>
   <w:font w:name="Arial"/>
   <w:font w:name="Impact"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="58.8" w:line="192.00000000000003" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7bw6v8ng3hm4" w:id="13"/>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7bw6v8ng3hm4" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -4879,51 +6729,277 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="10">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -4989,161 +7065,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...109 lines deleted...]
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="13">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -5209,513 +7175,323 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="14">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="15">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...5 lines deleted...]
-      <w:rPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...221 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
   <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
@@ -5733,196 +7509,201 @@
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="0b5394"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admissions@jcs-inc.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eziz.org/assets/docs/IMM-231.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shotsforschool.org/laws/exemptions/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shotsforschool.org/laws/exemptions/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eziz.org/assets/docs/IMM-231.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1wI4BBxHURNvzw-3Y6WKikn4hoK_H-2Xt8NrsLH6dFqQ/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admissions@jcs-inc.org" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eziz.org/assets/docs/IMM-231.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shotsforschool.org/laws/exemptions/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admissions@jcs-inc.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1wI4BBxHURNvzw-3Y6WKikn4hoK_H-2Xt8NrsLH6dFqQ/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admissions@jcs-inc.org" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrars@jcs-inc.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>