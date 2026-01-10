--- v0 (2025-11-07)
+++ v1 (2026-01-10)
@@ -159,69 +159,73 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="270" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Hillary Gaddis, Principal</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="270" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -277,88 +281,92 @@
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">760-765-5500 • www.cedarcove.jcs-inc.org/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Local Control Accountability Plan (LCAP) Summary</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -629,197 +637,205 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Thank you for your support and involvement!</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Identified Priority Areas of Need</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -1399,50 +1415,51 @@
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Calibri"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Updated: 6/14/2019</w:t>
       <w:tab/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="24"/>
@@ -1513,148 +1530,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gle/y5v8U5RziTYEbWWg8" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/open?id=1KCrhGzIWsWMQvRGyY5QbjwauBxTQUDyN" TargetMode="External"/></Relationships>