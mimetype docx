--- v0 (2025-11-03)
+++ v1 (2026-01-09)
@@ -2148,50 +2148,51 @@
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Table1"/>
       <w:tblW w:w="10800.0" w:type="dxa"/>
       <w:jc w:val="left"/>
       <w:tblBorders>
         <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="0600"/>
     </w:tblPr>
     <w:tblGrid>
@@ -2209,177 +2210,185 @@
         <w:cantSplit w:val="0"/>
         <w:tblHeader w:val="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           </w:tcBorders>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="100.0" w:type="dxa"/>
             <w:left w:w="100.0" w:type="dxa"/>
             <w:bottom w:w="100.0" w:type="dxa"/>
             <w:right w:w="100.0" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                 <wp:extent cx="938213" cy="805447"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:docPr id="1" name="image1.png"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="image1.png"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect b="0" l="0" r="0" t="0"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="938213" cy="805447"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="073763"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">JCS-Inc. Policies</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           </w:tcBorders>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="100.0" w:type="dxa"/>
             <w:left w:w="100.0" w:type="dxa"/>
             <w:bottom w:w="100.0" w:type="dxa"/>
             <w:right w:w="100.0" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
           <w:pPr>
             <w:rPr>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Student Relations Policy</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
@@ -2876,164 +2885,169 @@
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1NqJLeg9kq7PGtogeCXuFEJHzqAt3D-mPzwvzcWv_1eE/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">