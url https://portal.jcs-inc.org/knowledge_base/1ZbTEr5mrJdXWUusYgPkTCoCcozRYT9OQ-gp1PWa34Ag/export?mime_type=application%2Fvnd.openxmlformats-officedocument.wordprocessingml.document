--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -1,74 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Foster/Homeless Youth Resources</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The following resources are available to students. For more assistance please contact the JCS Foster/Homeless Youth Liaison:</w:t>
@@ -167,3122 +171,3501 @@
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Rights of Students Experiencing Homelessness</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Resources in San Diego County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tutoring</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Uplift San Diego: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.upliftsandiego.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Schools on Wheels: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">https://schoolonwheels.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Low Cost Summer Programs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Joan Kroc Center: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">https://sd.kroccenter.org/kroc-san-diego/camp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Father Joe's Village</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">San Diego Rescue Mission</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Health</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Vision - </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">VSP Eyes of Hope</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Internet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Cox Cable l</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">ow cost internet </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Transportation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Youth Opportunity Pass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">HopSkipDrive</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-        <w:br w:type="page"/>
-[...11 lines deleted...]
-          <w:b w:val="1"/>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+            <w:color w:val="1155cc"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">San Diego County Office of Education Community Resources</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Resources in Riverside County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
-[...8 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tutoring</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Schools on Wheels: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">https://schoolonwheels.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
-[...21 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Low Cost Summer Programs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
-[...32 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
-[...33 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Health</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Vision - VSP Eyes of Hope: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.vspvision.com/eyes-of-hope/get-help.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
-[...21 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Internet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
-[...33 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Transportation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HopSkipDrive: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.hopskipdrive.com/families</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="46"/>
-          <w:szCs w:val="46"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_l5r5kma20eu1" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="46"/>
-          <w:szCs w:val="46"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Riverside County Family Crisis Resources (Including Hemet &amp; Riverside Area)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This quick reference guide provides emergency housing, food assistance, domestic violence support, and referral resources for families in crisis across Hemet and broader Riverside County.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="34"/>
-          <w:szCs w:val="34"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_f9vgy0xt74ks" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="34"/>
-          <w:szCs w:val="34"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency Housing &amp; Shelter</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Valley Restart Shelter (Hemet)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency shelter, food, and clothing.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">📍 200 E. Menlo Ave, Hemet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">📞 (951) 766-7476</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId21">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId22">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">valleyrestart.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternatives to Domestic Violence (ADV)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Safe housing and support for domestic violence survivors. Serves Western Riverside County.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">📞 Crisis lines: (951) 683-0829 (Riverside area) or 1-800-339-SAFE (7233)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId23">
+      <w:hyperlink r:id="rId24">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">ADV website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Safe Haven Locations (Riverside Area)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistance with restraining orders; support centers in Riverside and Corona.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
+      <w:hyperlink r:id="rId25">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId25">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Riverside County Domestic Violence Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">His Daughters House (Riverside County-wide)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapid rehousing and supportive services using a Housing First model.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">✉️ intake@daughtershouse.org</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">📞 1-888-413-9008</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId26">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">His Daughters’ House</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Operation SafeHouse (Riverside &amp; Thousand Palms)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Crisis intervention shelter, outreach, and transitional housing for youth.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
+      <w:hyperlink r:id="rId29">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId30">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Operation SafeHouse</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Riverside-Specific Shelters</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Riverside Community Shelter: 2840 Hulen Place, Riverside – general emergency shelter.</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Path of Life Family Shelter: 2530 Third St, Riverside – family shelter.</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve"> 🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId30">
+      <w:hyperlink r:id="rId31">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId31">
+      <w:hyperlink r:id="rId32">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Housing Authority &amp; Shelter List</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Home Connect (Countywide Coordinated Entry)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Intake and referral for emergency and transitional housing.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">📞 1-800-498-8847</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId33">
+      <w:hyperlink r:id="rId34">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">HomeConnect Housing Assistance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="34"/>
-          <w:szCs w:val="34"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_hnrxum888ku4" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="34"/>
-          <w:szCs w:val="34"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CalFresh &amp; Food Assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DPSS – CalFresh</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Apply by phone: 1-877-410-8827 (M–F, 8 am–5 pm), in person, or by mail.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId34">
+      <w:hyperlink r:id="rId35">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId35">
+      <w:hyperlink r:id="rId36">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">CalFresh Food Assistance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Online Applications</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId36">
+      <w:hyperlink r:id="rId37">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">GetCalFresh</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> – apply online quickly, track documents, upload files.</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId37">
+      <w:hyperlink r:id="rId38">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">BenefitsCal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> – access CalFresh, Medi-Cal, CalWORKs, and more. </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Expedited CalFresh</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Domestic violence survivors may qualify for expedited service (benefits within 3 days).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId38">
+      <w:hyperlink r:id="rId39">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId39">
+      <w:hyperlink r:id="rId40">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Expedited CalFresh Info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Inland Empire Food Bank Outreach</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Offers application assistance and CalFresh eligibility screening.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId40">
+      <w:hyperlink r:id="rId41">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId41">
+      <w:hyperlink r:id="rId42">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Inland Empire Food Bank – CalFresh</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="34"/>
-          <w:szCs w:val="34"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_s0j8fm2rgpv" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="34"/>
-          <w:szCs w:val="34"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Other Key Supports &amp; Referrals</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SAFE Family Justice Centers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Legal advocacy, restraining order assistance, emergency and relocation support, counseling, victim compensation help.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId42">
+      <w:hyperlink r:id="rId43">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId43">
+      <w:hyperlink r:id="rId44">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">SAFE Family Justice Centers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Riverside County “Get Help” Resource Line</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Referrals for housing, food, legal help, medical, mental health, and domestic violence.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">📞 Dial 211 or (800) 464-1123</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId44">
+      <w:hyperlink r:id="rId45">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId45">
+      <w:hyperlink r:id="rId46">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Riverside City “Get Help”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Legal Assistance &amp; Helplines</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Inland Counties Legal Services: domestic violence intake line 1-888-245-4257; support for DV survivors.</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Other national/local hotlines: National DV Hotline (1-800-799-7233), etc.</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve"> 🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId46">
+      <w:hyperlink r:id="rId47">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId47">
+      <w:hyperlink r:id="rId48">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">ICLS Domestic Violence Resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
-[...10 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Public Health &amp; Healthy Living Programs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CalFresh Healthy Living supports nutrition education, farmers markets, healthy lifestyle through RU Health.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">📞 (951) 358-5311</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId48">
+      <w:hyperlink r:id="rId49">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId49">
+      <w:hyperlink r:id="rId50">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">CalFresh Healthy Living – Riverside County</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="34"/>
-          <w:szCs w:val="34"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7fhip8qe4v7s" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="34"/>
-          <w:szCs w:val="34"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mental Health &amp; Crisis Support</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7omks36v2hlg" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">951-686-HELP (Crisis Support System of Care)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Free, confidential 24/7 helpline for behavioral health crises, with bilingual counselors.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mobile Crisis Response Teams available for urgent, in-person support.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId50">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink r:id="rId51">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="000000"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId51">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink r:id="rId52">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">RUHealth – Crisis Support System of Care</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="6"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_o2hio33pfa9o" w:id="6"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-          <w:b w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="7"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mobile Crisis Response Teams (24/7)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Therapists, specialists, peer support for behavioral health crises across the county.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="6"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="7"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId52">
+      <w:hyperlink r:id="rId53">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId53">
+      <w:hyperlink r:id="rId54">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Riverside County Mobile Crisis Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="6"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="7"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">24/7 Mental Health Urgent Care Centers (MHUC)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Riverside: 9890 County Farm Rd, Riverside, CA 92503 / (951) 509-2499</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Perris: 85 Ramona Expressway, Ste. 1-3, Perris, CA 92571 / (951) 349-4195</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve"> …plus one in Palm Springs</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve"> 🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId54">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink r:id="rId55">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="000000"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId55">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink r:id="rId56">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">RUHealth – Mental Health Triage Services</w:t>
           <w:br w:type="textWrapping"/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="6"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="7"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CARES Line</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mental health support and referrals across Riverside County.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">📞 (800) 499-3008</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId56">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink r:id="rId57">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="000000"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId57">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink r:id="rId58">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Murrieta Mental Health Resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
-        <w:rPr/>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_e04gk9ohgbrm" w:id="8"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Peer Support &amp; Anonymous Chat</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">“Take My Hand”: live peer chat support with individuals who have lived mental health experience.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🌐</w:t>
       </w:r>
-      <w:hyperlink r:id="rId58">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink r:id="rId59">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="000000"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId59">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink r:id="rId60">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">RUHealth Behavioral Health</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Community Connect – NAMI Helpline</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="6"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_qn23fzwh79si" w:id="9"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:rtl w:val="0"/>
-[...196 lines deleted...]
-          <w:b w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p3an6jkgtpf1" w:id="7"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...44 lines deleted...]
-        </w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Free crisis/suicide support in 120+ languages (phone, chat, SMS, email).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">📞 951-686-HELP (4357)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="1155cc"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">🌐</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+            <w:color w:val="000000"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId62">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NAMI Western Riverside – Resources</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">211 / Community Connect</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24/7 referrals for mental health, housing, food assistance, counseling, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">📞 Dial 211 or (800) 464-1123</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="1155cc"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">🌐</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+            <w:color w:val="000000"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId64">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Riverside County Crisis Intervention</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">988 (National Suicide &amp; Crisis Lifeline)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Free, 24/7 support via phone or text (English/Spanish and TTY access).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">📞 Dial 988</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="720" w:top="720" w:left="720" w:right="720" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Calibri"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
@@ -3717,50 +4100,51 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -3783,158 +4167,162 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedingamericaie.org/calfresh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.safefjc.org/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedingamericaie.org/calfresh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riversideca.gov/hhs/get-help" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.safefjc.org/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inlandlegal.org/get-help/domestic-violence-resources/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riversideca.gov/hhs/get-help" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sd.kroccenter.org/kroc-san-diego/camp" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/public-health/calfresh-healthy-living" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inlandlegal.org/get-help/domestic-violence-resources/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/public-health/calfresh-healthy-living" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1-SWCmVBc8jilTBx3EouJUHWSK6o3tM7n/view?usp=sharing" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.upliftsandiego.org/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schoolonwheels.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://harivco.org/program/emergency-services-and-other-resources" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://harivco.org/program/emergency-services-and-other-resources" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/temporary-housing-assistance" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/temporary-housing-assistance" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/calfresh-food-assistance" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/calfresh-food-assistance" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benefitscal.com/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.getcalfresh.org/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calfresh.guide/expedited-emergency-calfresh-benefits/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calfresh.guide/expedited-emergency-calfresh-benefits/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/crisis-intervention" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namiwesternriverside.org/resources" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.valleyrestart.info/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/crisis-intervention" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alternativestodomesticviolence.org/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.valleyrestart.info/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/domestic-violence-services" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alternativestodomesticviolence.org/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namiwesternriverside.org/resources" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hisdaughtershouses.org/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/domestic-violence-services" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://operationsafehouse.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hisdaughtershouses.org/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://operationsafehouse.org/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/behavioral-health/crisis-support-system-care" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/behavioral-health/crisis-support-system-care" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivco.org/news/riverside-countys-mobile-crisis-response-behavioral-health-goes-247" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivco.org/news/riverside-countys-mobile-crisis-response-behavioral-health-goes-247" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sdrescue.org/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/behavioral-health/county-mental-health-triage-services" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.neighbor.org/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/behavioral-health/county-mental-health-triage-services" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cox.com/aboutus/connect2compete.html?sc_id=cr_dm_camp_z_c2c_vanity" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.murrietaca.gov/1313/Mental-Health-Resources" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vspvision.com/eyes-of-hope/get-help.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.murrietaca.gov/1313/Mental-Health-Resources" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandag.org/projects-and-programs/regional-initiatives/transit-equity-pilot/youth-opportunity-pass" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruhealth.org/behavioral-health" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cox.com/aboutus/connect2compete.html?sc_id=cr_dm_camp_z_c2c_vanity" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruhealth.org/behavioral-health" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schoolonwheels.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hopskipdrive.com/families" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hopskipdrive.com/families" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vspvision.com/eyes-of-hope/get-help.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calfresh.guide/expedited-emergency-calfresh-benefits/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedingamericaie.org/calfresh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedingamericaie.org/calfresh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.safefjc.org/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.safefjc.org/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riversideca.gov/hhs/get-help" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riversideca.gov/hhs/get-help" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sd.kroccenter.org/kroc-san-diego/camp" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inlandlegal.org/get-help/domestic-violence-resources/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inlandlegal.org/get-help/domestic-violence-resources/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/public-health/calfresh-healthy-living" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1-SWCmVBc8jilTBx3EouJUHWSK6o3tM7n/view?usp=sharing" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.upliftsandiego.org/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schoolonwheels.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://harivco.org/program/emergency-services-and-other-resources" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://operationsafehouse.org/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/temporary-housing-assistance" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://harivco.org/program/emergency-services-and-other-resources" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/calfresh-food-assistance" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/temporary-housing-assistance" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.getcalfresh.org/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/calfresh-food-assistance" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calfresh.guide/expedited-emergency-calfresh-benefits/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benefitscal.com/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namiwesternriverside.org/resources" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namiwesternriverside.org/resources" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hopskipdrive.com/families" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/crisis-intervention" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/crisis-intervention" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.valleyrestart.info/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.valleyrestart.info/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alternativestodomesticviolence.org/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alternativestodomesticviolence.org/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruhealth.org/behavioral-health" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/domestic-violence-services" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivcodpss.org/domestic-violence-services" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hisdaughtershouses.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hisdaughtershouses.org/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://operationsafehouse.org/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/behavioral-health/crisis-support-system-care" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/public-health/calfresh-healthy-living" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivco.org/news/riverside-countys-mobile-crisis-response-behavioral-health-goes-247" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/behavioral-health/crisis-support-system-care" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sdrescue.org/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/behavioral-health/county-mental-health-triage-services" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.neighbor.org/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivco.org/news/riverside-countys-mobile-crisis-response-behavioral-health-goes-247" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cox.com/aboutus/connect2compete.html?sc_id=cr_dm_camp_z_c2c_vanity" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.murrietaca.gov/1313/Mental-Health-Resources" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vspvision.com/eyes-of-hope/get-help.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruhealth.org/behavioral-health/county-mental-health-triage-services" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandag.org/projects-and-programs/regional-initiatives/transit-equity-pilot/youth-opportunity-pass" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruhealth.org/behavioral-health" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cox.com/aboutus/connect2compete.html?sc_id=cr_dm_camp_z_c2c_vanity" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.murrietaca.gov/1313/Mental-Health-Resources" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sdcoe.net/about-sdcoe/news/post/~board/news/post/community-resources-for-food-medical-mental-health" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hopskipdrive.com/families" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vspvision.com/eyes-of-hope/get-help.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schoolonwheels.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>