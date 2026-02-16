--- v1 (2025-12-07)
+++ v2 (2026-02-16)
@@ -471,51 +471,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">San Diego Rescue Mission</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -659,51 +659,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Youth Opportunity Pass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">HopSkipDrive</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>