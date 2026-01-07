--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -93,50 +93,51 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:shd w:fill="ffffff" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-220" w:right="-220" w:firstLine="280"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_9bdarranwqof" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="1a1d1f"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="995363" cy="807350"/>
                   <wp:effectExtent b="12700" l="12700" r="12700" t="12700"/>
                   <wp:docPr id="1" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="995363" cy="807350"/>
@@ -164,77 +165,80 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="180" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Educational Enrichment Partner Approval Guidelines</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="180" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Company Educational Enrichment </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
@@ -244,1823 +248,1917 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc. will approve companies providing Educational Enrichment services to students according to the following guidelines:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="144.00000000000006"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> services and limitations</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must provide services that further the educational goals of a public school student. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> may not provide anything of value to a </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> student that a school district could not provide to a similarly situated student. This does not mean </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> will provide all programs or services available from a particular local school district. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Educational Facilitators, administration, and the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Board have final authority in what </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> services will be made available to </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> students. In addition, not all services available from an approved</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> EEP</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be available for public school use.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">School funds cannot be used to purchase any religious materials or services for a student.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be open to and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">serve</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> the general public without discrimination because of race, religious creed, color, national origin, ancestry, physical or mental disability, medical condition, genetic information , marital status, sex, gender, gender identity, gender expression, age or sexual orientation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must provide services in a public facility appropriate to the nature of public school use. This means the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must assure that the facility used for the service meets either Field Act or local city codes for safety:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EEP</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> may provide services at a </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> facility if such facility is made available for use by </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">home study</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> students. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">s should contact the facility coordinator to inquire about available space at the facility.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> remains responsible for loss, damage, or injury to person(s) or property during or relating to the performance of services by the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> even when choosing to provide services in a </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> facility when such facility is available for use by </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">home study</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> students.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liability</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must hold and provide a copy of a current business license.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> assumes no liability for worker’s compensation, or liability for loss, damage, or injury to person(s) or property during or relating to the performance of services by the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> is responsible for holding and providing </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">’s own commercial or professional liability insurance.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> may choose to waive verification of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">an Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">’s liability insurance if (1) not providing physical activity services, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">or</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> provides services only while student’s parent(s)/guardian(s) is (are) present, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">or</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3) </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> provides services only at a public location such as a public library, community center, or park or provides services only at an available </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> facility.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> retains liability for loss, damage, or injury to person(s) or property during or relating to the performance of services by the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> even if </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> does not require verification of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">an Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">’s liability insurance.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">s providing physical activity services (e.g. dance, gymnastics, equine science, martial arts, sports, etc.) or art classes where a kiln is on the premises, must hold and provide a copy of a current certificate of liability insurance for a minimum of $1,000,000.00 per occurrence/$2,000,00.00 general (annual) aggregate, and must add </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> as an additional insured to said liability insurance policy.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> with employees must hold and provide a copy of a current Workers’ Compensation policy with </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> as a certificate holder. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Accounting Office Policies: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Not following these guidelines will result in delayed payments</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be willing to accept purchase orders.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be willing to abide by </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> accounting policies, including collection and submission of evidence of service (such as invoices and attendance sheets). </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> is responsible to invoice </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> for services</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">usually monthly</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the performance of services. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Monthly billing is not a requirement, only strongly suggested.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Each invoice must include the following</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Invoice date</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Educational Enrichment Partner Name, Address, Phone and Fax Number</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">PO Number (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Must be on invoice or we will be unable to process</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Description of services provided</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Service month (or dates)</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Amount</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Student name</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Educational Enrichment Partner Authorized Signature</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Any necessary notes </w:t>
@@ -2246,50 +2344,51 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partners must keep an attendance log for students that are taking the lessons with their invoices. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1a1d1f"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">It is expected that attendance logs are maintained and JCS Inc, reserves the right to request logs for auditing purposes.  Failure to provide logs could result in the termination of the agreement between JCS, Inc and the Educational Enrichment Partner.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2325,50 +2424,51 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Each attendance sheet must include the following</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Date the student attended the lesson</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Name of the class/lesson</w:t>
         <w:br w:type="textWrapping"/>
@@ -2401,328 +2501,343 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must direct all billing and payment inquiries only to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> accounting department, please do not direct inquiries to students or parents</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> as this will cause a delay in response.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must notify </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accounts Payable in writing of any change to </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">’s “remit to address.” </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> understands that </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> policy for payment is Net 30, that is, you will be paid within 30 days of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> receiving all correct paperwork.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2780,100 +2895,103 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">② An invoice is an itemized bill created and sent by the Educational Enrichment Partner to JCS-Inc. after the performance of services, no more than once per month. The Educational Enrichment Partner’s invoice must reference the Purchase Order Number and other details the JCS-Inc. accounting department needs in order to process payment. Educational Enrichment Partners may use their own invoice, or JCS-Inc. provides Educational Enrichment Partners with an example invoice that can be modified using word processing software.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -3009,50 +3127,51 @@
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="720" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
@@ -4014,163 +4133,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">