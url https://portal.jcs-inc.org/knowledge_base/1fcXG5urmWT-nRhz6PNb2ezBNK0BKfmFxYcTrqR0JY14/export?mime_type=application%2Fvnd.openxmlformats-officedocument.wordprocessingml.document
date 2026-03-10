--- v1 (2026-01-07)
+++ v2 (2026-03-10)
@@ -1,40 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="15"/>
         <w:rPr>
@@ -109,51 +112,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_9bdarranwqof" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1a1d1f"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="995363" cy="807350"/>
                   <wp:effectExtent b="12700" l="12700" r="12700" t="12700"/>
                   <wp:docPr id="1" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6"/>
+                          <a:blip r:embed="rId7"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="995363" cy="807350"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -245,3083 +248,2903 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="15"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS-Inc. will approve companies providing Educational Enrichment services to students according to the following guidelines:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="144.00000000000006"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> services and limitations</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices and </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">imitations</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner (EEP)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide services that further the educational goals of a public school student. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may not provide anything of value to a </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> student that a school district could not provide to a similarly situated student. This does not mean </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide all programs or services available from a particular local school district. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educational Facilitators, administration, and the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Board have final authority in what </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services will be made available to </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students. In addition, not all services available from an approved</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be available for public school use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">School funds cannot be used to purchase any religious materials or services for a student.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be open to and </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">serve</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the general public without discrimination because of race, religious creed, color, national origin, ancestry, physical or mental disability, medical condition, genetic information , marital status, sex, gender, gender identity, gender expression, age or sexual orientation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide services in a public facility appropriate to the nature of public school use. This means the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must assure that the facility used for the service meets either Field Act or local city codes for safety:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="810" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may provide services at a </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> facility if such facility is made available for use by </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">home study</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s should contact the facility coordinator to inquire about available space at the facility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="810" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remains responsible for loss, damage, or injury to person(s) or property during or relating to the performance of services by the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> even when choosing to provide services in a </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> facility when such facility is available for use by </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">home study</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7x3q4oe5bksl" w:id="1"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP must complete f</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ingerprinting and background check of all employees, independent contractors and volunteers 18 years and older who have direct and unsupervised contact with minors. Certain exemptions may apply for individuals already cleared under an active district or state education clearance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="810" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">San Diego County Office of Education (SDCOE) now has a 10-year limit on all Live Scans in the state Clearinghouse. Beginning January 1, 2026, any Live Scan that is older than 10 years will be automatically removed from the system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="810" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New fingerprinting documentation is required if there is a change of EEP employees, or if the Live Scan on file is more than 10 years old.</w:t>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP must have all employees, independent contractors and volunteers 18 years and older who have direct and unsupervised contact with minors complete Mandated Reporter Training within 6 weeks of employment and must have training completed annually thereafter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP must maintain documentation for both fingerprinting and Mandated Reporter training:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="940" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maintain proof of fingerprint clearance for all applicable personnel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="940" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide verification or clearance certificates to JCS, Inc annually upon registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:shd w:fill="ffffff" w:val="clear"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="940" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Immediately notify the district of any changes in personnel or clearance status.</w:t>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Liability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must hold and provide a copy of a current business license.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assumes no liability for worker’s compensation, or liability for loss, damage, or injury to person(s) or property during or relating to the performance of services by the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is responsible for holding and providing </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s own commercial or professional liability insurance.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="810" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may choose to waive verification of </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s liability insurance if (1) not providing physical activity services, </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2) </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provides services only while student’s parent(s)/guardian(s) is (are) present, </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3) </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provides services only at a public location such as a public library, community center, or park or provides services only at an available </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> facility.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="810" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> retains liability for loss, damage, or injury to person(s) or property during or relating to the performance of services by the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEP</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> even if </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> does not require verification of </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s liability insurance.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="810" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s providing physical activity services (e.g. dance, gymnastics, equine science, martial arts, sports, etc.) or art classes where a kiln is on the premises, must hold and provide a copy of a current certificate of liability insurance for a minimum of $1,000,000.00 per occurrence/$2,000,00.00 general (annual) aggregate, and must add </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as an additional insured to said liability insurance policy.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="810" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with employees must hold and provide a copy of a current Workers’ Compensation policy with </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a certificate holder. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accounting Office Policies: </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be willing to accept purchase orders</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:customMarkFollows="0" w:id="0"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be willing to abide by </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accounting policies, including collection and submission of evidence of service (such as invoices and attendance sheets)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:customMarkFollows="0" w:id="1"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is responsible to invoice </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for services</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">usually monthly</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the performance of services. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monthly billing is not a requirement, only strongly suggested.  </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each invoice must include the following:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...199 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invoice date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner Name, Address, Phone and Fax Number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...47 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PO Number (</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be on invoice or we will be unable to process</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...403 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description of services provided</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service month (or dates)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amount</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...147 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner Authorized Signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...90 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any necessary notes </w:t>
+        <w:br w:type="textWrapping"/>
+        <w:t xml:space="preserve">i.e. If the PO states 1 lesson is for 1 hour but you are billing for 2 hours, you must state this to be paid correctly. If a student is making a class up, state what day/month it is for. If a student is a no-show, state whether it is unexcused. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is a sample invoice in the Welcome Packet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partners must keep an attendance log for students that are taking the lessons with their invoices. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="1a1d1f"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is expected that attendance logs are maintained and JCS Inc, reserves the right to request logs for auditing purposes.  Failure to provide logs could result in the termination of the agreement between JCS, Inc and the Educational Enrichment Partner.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each attendance sheet must include the following:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...154 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date the student attended the lesson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...45 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of the class/lesson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...64 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students name printed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="360" w:hanging="360"/>
-[...126 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student/parent signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner authorized signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is a sample attendance sheet in the Welcome Packet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must direct all billing and payment inquiries only to the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accounting department, please do not direct inquiries to students or parents</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Each invoice must include the following</w:t>
-[...319 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+        <w:t xml:space="preserve"> as this will cause a delay in response.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...148 lines deleted...]
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must notify </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Accounts Payable in writing of any change to </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s “remit to address.” </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+      <w:pPr>
+        <w:pageBreakBefore w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Enrichment Partner</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> understands that </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy for payment is Net 30, that is, you will be paid within 30 days of </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JCS-Inc.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receiving all correct paperwork.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...156 lines deleted...]
-        <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
-          <w:sz w:val="24"/>
-[...328 lines deleted...]
-      </w:pPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE NOTE: Not following these guidelines will result in delayed payments</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference r:id="rId7" w:type="default"/>
+      <w:headerReference r:id="rId8" w:type="first"/>
+      <w:footerReference r:id="rId9" w:type="default"/>
+      <w:footerReference r:id="rId10" w:type="first"/>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
-      <w:pgMar w:bottom="720" w:top="720" w:left="1080" w:right="1080" w:header="0" w:footer="720"/>
+      <w:pgMar w:bottom="720" w:top="720" w:left="720" w:right="720" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
+      <w:titlePg w:val="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Arial"/>
   <w:font w:name="Open Sans">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
     <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
     <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="720" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-      <w:rPr>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
     <w:pPr>
-      <w:pageBreakBefore w:val="0"/>
-[...12 lines deleted...]
-      <w:spacing w:after="720" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+      <w:instrText xml:space="preserve">PAGE</w:instrText>
+      <w:fldChar w:fldCharType="separate"/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:footnote w:id="0">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A purchase order is a legally binding document between JCS-Inc. and the Educational Enrichment Partner. It details the services JCS-Inc. agrees to purchase at a certain price and under what terms. Educational Enrichment Partners use purchase orders for payment processing. Once services have been provided, the Educational Enrichment Partner prepares an invoice based on the terms of the purchase order. To expedite payment, the Educational Enrichment Partner must reference the purchase order number on their invoice. Once all terms of the purchase order have been met, the purchase order is complete, and may no longer be used for payment processing.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An invoice is an itemized bill created and sent by the Educational Enrichment Partner to JCS-Inc. after the performance of services, no more than once per month. The Educational Enrichment Partner’s invoice must reference the Purchase Order Number and other details the JCS-Inc. accounting department needs in order to process payment. Educational Enrichment Partners may use their own invoice, or JCS-Inc. provides Educational Enrichment Partners with an example invoice that can be modified using word processing software.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+    <w:pPr>
+      <w:rPr/>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...29 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="▪"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3407,51 +3230,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
@@ -3505,260 +3328,260 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...22 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...35 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3835,150 +3658,150 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...22 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4048,76 +3871,302 @@
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
   <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
@@ -4270,51 +4319,51 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
       <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>