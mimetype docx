--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
@@ -241,225 +242,235 @@
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">English Language Arts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grade(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
@@ -2478,225 +2489,235 @@
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Math</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grade(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
@@ -4051,225 +4072,235 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="a2c4c9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grade(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
@@ -4918,58 +4949,60 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="a2c4c9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
@@ -5415,225 +5448,235 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="a2c4c9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Foreign Language</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grade(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
@@ -6078,225 +6121,235 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="a2c4c9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">English Language Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grade(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
@@ -6785,225 +6838,235 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="a2c4c9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grade(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
@@ -7172,225 +7235,235 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="a2c4c9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Social/Emotional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grade(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
@@ -7774,225 +7847,235 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="a2c4c9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">College &amp; Career Readiness</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grade(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
               <w:bottom w:w="36.0" w:type="dxa"/>
               <w:right w:w="36.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="36.0" w:type="dxa"/>
               <w:left w:w="36.0" w:type="dxa"/>
@@ -8167,50 +8250,51 @@
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Last revised: 8/12/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -8233,148 +8317,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>