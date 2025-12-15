--- v0 (2025-11-03)
+++ v1 (2025-12-15)
@@ -17,61 +17,63 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1a4292"/>
           <w:sz w:val="47"/>
           <w:szCs w:val="47"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_64zk1wp8abby" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1a4292"/>
           <w:sz w:val="47"/>
           <w:szCs w:val="47"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS Benefits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="10800.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10800"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="10800"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
@@ -83,218 +85,227 @@
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="160.0" w:type="dxa"/>
               <w:left w:w="160.0" w:type="dxa"/>
               <w:bottom w:w="160.0" w:type="dxa"/>
               <w:right w:w="160.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Julian Charter</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">School</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Benefits Summary (Effective July 1, 2015)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Employees of Julian Charter School who are employed at a 75% full-time-equivalency or higher (30 hours per week or more for non-exempt/classified employees) receive the following benefits:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Health Insurance:  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Choices to cover the employee, employee plus spouse or registered domestic partner, employee plus child(ren) or employee plus family.  The plan year is July 1 – June 30.  The school contribution is up to $1,200 per month for health insurance (medical, dental, and vision) and AFLAC.  Employee portion of premiums for health insurance, if any, can be deducted pre-tax under our section 125 plan. Employee portion of AFLAC premiums are deducted after-tax.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -493,50 +504,51 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical and Dependent Care Flexible Spending Accounts: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">A voluntary (employee funded) special savings account where employees can set-aside tax-free money for eligible medical and/or dependent care expenses. Medical FSAs include a linked Visa or MasterCard branded debit card for easy access to FSA funds.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -546,138 +558,143 @@
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Employees working 42% FTE (17 hours per week) or more receive the following benefits:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Life Insurance:</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  A voluntary (employee funded) life insurance policy to cover employee, employee and spouse, or employee and child(ren). A company basic (company funded) life insurance policy of $50,000 is provided for all regular employees.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -694,87 +711,89 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Short-Term and Long-Term Disability Insurance:</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  A voluntary (employee funded) disability plan that ensures continuation of income (up to 60% of average weekly earnings) during short-term, long-term or permanent disability.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">AFLAC Accident, Hospitalization and Illness plans</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: A variety of voluntary AFLAC products are available to employees at their own expense. JCS contributes up to $100 per month towards AFLAC premiums for employees working 30+ hours per week (75% FTE or higher).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -791,87 +810,89 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Legal Shield</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: Employees may purchase coverage for a variety of common legal services and/or identity theft protection.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Retirement Investments:</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Julian Charter School participates in </w:t>
             </w:r>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
@@ -948,59 +969,61 @@
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Paid time off benefits for all employees:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -1009,50 +1032,51 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Classified Paid Time-Off:</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1171,50 +1195,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Certificated Administration Paid Time-Off:</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1332,50 +1357,51 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Certificated Teacher Paid Sick Leave:</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1540,148 +1566,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calstrs.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calpers.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>