--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -10,57 +10,59 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="345.6" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="201.60000000000082"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Employer Fingerprint Clearance Certification</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
@@ -104,351 +106,364 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-4.800000000000182" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I certify that I, the owner or authorized representative of ___________________________________________ (company), have conducted a criminal background check of all employees who will have contact with J</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CS Inc. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">students, through the Department of Justice (DOJ), in accordance with Education Code §45125.1 and I certify to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> that no employee of _____________________________________________ (company) working with students of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCS Inc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been convicted of a violent or serious felony as defined by statute, nor has a criminal action pending upon charges of commission of a violent or serious felony as defined by statute.</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="9.600000000000364" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">______________________________ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Owner or Authorized Representative Signature </w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Date </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="331.2" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">________________________________________ </w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">______________________________ </w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Print Name </w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Title </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="643.1999999999999" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="609.6000000000004" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please list all employees or partners who will come in contact with JCS-Inc. students. You may attach another sheet if necessary. </w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="10800.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
@@ -488,50 +503,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
@@ -542,50 +558,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -594,50 +611,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -652,50 +670,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
@@ -706,50 +725,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -758,50 +778,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -816,50 +837,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
@@ -870,50 +892,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -922,50 +945,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -980,50 +1004,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
@@ -1034,50 +1059,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -1086,50 +1112,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1144,50 +1171,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
@@ -1198,50 +1226,51 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -1337,209 +1366,223 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="2798.4000000000005" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">❑ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CDE-NPA Cert exp date </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">❑ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DOJ-ORI Acct # </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="7646.4" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(attach copy) </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId6" w:type="default"/>
       <w:footerReference r:id="rId7" w:type="default"/>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="720" w:top="720" w:left="720" w:right="720" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Calibri"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised 5/22/2020</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="6858000" cy="1460500"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:docPr id="1" name="image1.png"/>
@@ -1615,163 +1658,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">