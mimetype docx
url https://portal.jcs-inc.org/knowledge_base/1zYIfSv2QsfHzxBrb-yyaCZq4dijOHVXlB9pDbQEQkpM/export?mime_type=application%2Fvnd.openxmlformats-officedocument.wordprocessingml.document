--- v0 (2025-11-03)
+++ v1 (2026-03-03)
@@ -379,72 +379,74 @@
         </w:rPr>
         <w:t xml:space="preserve">Any imitation firearm, defined as a replica of a firearm that is so substantially similar in physical properties to an existing firearm as to lead a reasonable person to conclude that the replica is a firearm  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Procedure:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -812,50 +814,51 @@
       <w:titlePg w:val="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Georgia"/>
   <w:font w:name="Calibri"/>
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">JCS, Inc. Weapons and Dangerous Instruments Policy</w:t>
       <w:tab/>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -911,70 +914,72 @@
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> of 2</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:color w:val="073763"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -1014,59 +1019,61 @@
         <w:trHeight w:val="1590" w:hRule="atLeast"/>
         <w:tblHeader w:val="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           </w:tcBorders>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="36.0" w:type="dxa"/>
             <w:left w:w="36.0" w:type="dxa"/>
             <w:bottom w:w="36.0" w:type="dxa"/>
             <w:right w:w="36.0" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="1e4d78"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="434343"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                 <wp:extent cx="938213" cy="805447"/>
                 <wp:effectExtent b="12700" l="12700" r="12700" t="12700"/>
                 <wp:docPr id="1" name="image1.png"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="image1.png"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect b="0" l="0" r="0" t="0"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
@@ -1094,50 +1101,51 @@
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:vMerge w:val="restart"/>
           <w:tcBorders>
             <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           </w:tcBorders>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="36.0" w:type="dxa"/>
             <w:left w:w="36.0" w:type="dxa"/>
             <w:bottom w:w="36.0" w:type="dxa"/>
             <w:right w:w="36.0" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="434343"/>
               <w:sz w:val="4"/>
               <w:szCs w:val="4"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:tbl>
           <w:tblPr>
             <w:tblStyle w:val="Table2"/>
             <w:tblW w:w="8403.0" w:type="dxa"/>
             <w:jc w:val="left"/>
             <w:tblInd w:w="90.0" w:type="dxa"/>
             <w:tblBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tblBorders>
@@ -1159,223 +1167,232 @@
               <w:cantSplit w:val="0"/>
               <w:trHeight w:val="480" w:hRule="atLeast"/>
               <w:tblHeader w:val="0"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
                   <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
                 </w:tcBorders>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:tcMar>
                   <w:top w:w="100.0" w:type="dxa"/>
                   <w:left w:w="100.0" w:type="dxa"/>
                   <w:bottom w:w="100.0" w:type="dxa"/>
                   <w:right w:w="100.0" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:b w:val="1"/>
+                    <w:bCs w:val="1"/>
                     <w:color w:val="1e4d78"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                   <w:rPr>
                     <w:b w:val="1"/>
+                    <w:bCs w:val="1"/>
                     <w:color w:val="1e4d78"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:rtl w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">5039.2 Weapons and Dangerous Instruments Administrative Regulations</w:t>
                 </w:r>
               </w:p>
               <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:b w:val="1"/>
+                    <w:bCs w:val="1"/>
                     <w:color w:val="1e4d78"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                   <w:rPr>
                     <w:rtl w:val="0"/>
                   </w:rPr>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:trPr>
               <w:cantSplit w:val="0"/>
               <w:trHeight w:val="480" w:hRule="atLeast"/>
               <w:tblHeader w:val="0"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
                   <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
                 </w:tcBorders>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:tcMar>
                   <w:top w:w="100.0" w:type="dxa"/>
                   <w:left w:w="100.0" w:type="dxa"/>
                   <w:bottom w:w="100.0" w:type="dxa"/>
                   <w:right w:w="100.0" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:b w:val="1"/>
+                    <w:bCs w:val="1"/>
                     <w:color w:val="1e4d78"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                   <w:rPr>
                     <w:b w:val="1"/>
+                    <w:bCs w:val="1"/>
                     <w:color w:val="1e4d78"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:rtl w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Effective Date: March 10, 2023</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:left="90" w:firstLine="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="434343"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr>
       <w:trPr>
         <w:cantSplit w:val="0"/>
         <w:trHeight w:val="615" w:hRule="atLeast"/>
         <w:tblHeader w:val="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           </w:tcBorders>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="36.0" w:type="dxa"/>
             <w:left w:w="36.0" w:type="dxa"/>
             <w:bottom w:w="36.0" w:type="dxa"/>
             <w:right w:w="36.0" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="434343"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="1e4d78"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">JCS-Inc. Administrative Regulations</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:vMerge w:val="continue"/>
           <w:tcBorders>
             <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           </w:tcBorders>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="36.0" w:type="dxa"/>
             <w:left w:w="36.0" w:type="dxa"/>
             <w:bottom w:w="36.0" w:type="dxa"/>
             <w:right w:w="36.0" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="434343"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
@@ -1637,163 +1654,171 @@
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1-yvj8MoLHy2F8Mc3rmKeFMszPOhtIRcq3QSg3yFLTFE/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>